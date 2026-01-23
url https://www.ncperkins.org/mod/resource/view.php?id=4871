--- v0 (2025-10-25)
+++ v1 (2026-01-23)
@@ -1,109 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29429"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\phcou\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B76A5AA8-E337-4CE7-BE30-48D19E9E671A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="2" documentId="13_ncr:1_{B76A5AA8-E337-4CE7-BE30-48D19E9E671A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{94A0A495-A364-4361-8D1F-204E4067443F}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3A13AF55-8231-4774-B390-53EF47387F37}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$H$31</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H8" i="1" l="1"/>
   <c r="H18" i="1" s="1"/>
   <c r="G18" i="1"/>
   <c r="F18" i="1"/>
   <c r="H9" i="1"/>
   <c r="H10" i="1"/>
   <c r="H11" i="1"/>
   <c r="H12" i="1"/>
   <c r="H13" i="1"/>
   <c r="H14" i="1"/>
   <c r="H15" i="1"/>
   <c r="H16" i="1"/>
   <c r="H17" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Strengthening Career and Technical Education for the 21st Century Act</t>
   </si>
   <si>
+    <t>Fiscal Period 7/1/2025 - 6/30/2026</t>
+  </si>
+  <si>
     <t>BUDGET MODIFICATION</t>
   </si>
   <si>
     <t xml:space="preserve">College Name: </t>
   </si>
   <si>
     <t>Enter College Name here</t>
   </si>
   <si>
     <t>Voc Code</t>
   </si>
   <si>
     <t>Briefly describe the request</t>
   </si>
   <si>
     <t>Enter Current Budget</t>
   </si>
   <si>
     <t>Enter Change Requested</t>
   </si>
   <si>
     <t>Proposed Modified Budget</t>
   </si>
   <si>
     <t>Totals:</t>
@@ -111,67 +118,64 @@
   <si>
     <t>Justification - include CLNA reference if needed</t>
   </si>
   <si>
     <t>"By signing this report, I certify to the best of my knowledge and belief that the report is true, complete and accurate, and the expenditures, disbursements and cash receipts are for purposes and objectives set forth in the terms and conditions of the Federal award.  I am aware that any false, fictitious, or fraudulent information, or the omission of any material fact, may subject me to criminal, civil, or administrative penalties for fraud, false statements, false claims, or otherwise.  (U.S. Code Title 18, Section 1001 and Title 31, Sections 3729-3730 and 3801-3812)."</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>Signature of Perkins Contact</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Signature of Chief Financial Officer</t>
   </si>
   <si>
     <t>To be completed by NCCCS</t>
   </si>
   <si>
     <t>Modification approved if it is signed by both the CTE Coordinator and CTE Director.</t>
   </si>
   <si>
-    <t>Fiscal Period 7/1/2025 - 6/30/2026</t>
-[...5 lines deleted...]
-    <t>Signature of Executive Director of Perkins/CTE</t>
+    <t>Signature of Assistant Director Perkins</t>
+  </si>
+  <si>
+    <t>Signature of AVP for Federal Programs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="8">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -520,95 +524,95 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -670,51 +674,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -812,490 +816,708 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D1C6E70F-74A6-4252-96AB-132F37BBA018}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:H1"/>
+      <selection activeCell="A32" sqref="A32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="8" width="14.33203125" style="1" customWidth="1"/>
-    <col min="9" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="8" width="14.28515625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
       <c r="H1" s="27"/>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8">
       <c r="A2" s="28" t="s">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="B2" s="28"/>
       <c r="C2" s="28"/>
       <c r="D2" s="28"/>
       <c r="E2" s="28"/>
       <c r="F2" s="28"/>
       <c r="G2" s="28"/>
       <c r="H2" s="28"/>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:8">
       <c r="A3" s="28" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="B3" s="28"/>
       <c r="C3" s="28"/>
       <c r="D3" s="28"/>
       <c r="E3" s="28"/>
       <c r="F3" s="28"/>
       <c r="G3" s="28"/>
       <c r="H3" s="28"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8">
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="3"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:8">
       <c r="A5" s="4" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B5" s="29" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C5" s="29"/>
       <c r="D5" s="29"/>
       <c r="E5" s="29"/>
       <c r="F5" s="29"/>
       <c r="G5" s="29"/>
       <c r="H5" s="30"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8">
       <c r="A6" s="31"/>
       <c r="B6" s="31"/>
       <c r="C6" s="31"/>
       <c r="D6" s="31"/>
       <c r="E6" s="31"/>
       <c r="F6" s="31"/>
       <c r="G6" s="31"/>
       <c r="H6" s="31"/>
     </row>
-    <row r="7" spans="1:8" ht="27.6" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:8" ht="27.6">
       <c r="A7" s="20" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B7" s="32" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C7" s="33"/>
       <c r="D7" s="33"/>
       <c r="E7" s="34"/>
       <c r="F7" s="20" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G7" s="21" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H7" s="20" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
       <c r="A8" s="22">
         <v>10</v>
       </c>
       <c r="B8" s="26"/>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="26"/>
       <c r="F8" s="23"/>
       <c r="G8" s="23"/>
       <c r="H8" s="24">
         <f>F8+G8</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:8">
       <c r="A9" s="22">
         <v>11</v>
       </c>
       <c r="B9" s="26"/>
       <c r="C9" s="26"/>
       <c r="D9" s="26"/>
       <c r="E9" s="26"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="24">
         <f t="shared" ref="H9:H17" si="0">F9+G9</f>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:8">
       <c r="A10" s="22">
         <v>12</v>
       </c>
       <c r="B10" s="26"/>
       <c r="C10" s="26"/>
       <c r="D10" s="26"/>
       <c r="E10" s="26"/>
       <c r="F10" s="23"/>
       <c r="G10" s="23"/>
       <c r="H10" s="24">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:8">
       <c r="A11" s="22">
         <v>13</v>
       </c>
       <c r="B11" s="26"/>
       <c r="C11" s="26"/>
       <c r="D11" s="26"/>
       <c r="E11" s="26"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="24">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:8">
       <c r="A12" s="22">
         <v>14</v>
       </c>
       <c r="B12" s="26"/>
       <c r="C12" s="26"/>
       <c r="D12" s="26"/>
       <c r="E12" s="26"/>
       <c r="F12" s="23"/>
       <c r="G12" s="23"/>
       <c r="H12" s="24">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:8">
       <c r="A13" s="22">
         <v>15</v>
       </c>
       <c r="B13" s="26"/>
       <c r="C13" s="26"/>
       <c r="D13" s="26"/>
       <c r="E13" s="26"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="24">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:8">
       <c r="A14" s="22">
         <v>16</v>
       </c>
       <c r="B14" s="26"/>
       <c r="C14" s="26"/>
       <c r="D14" s="26"/>
       <c r="E14" s="26"/>
       <c r="F14" s="23"/>
       <c r="G14" s="23"/>
       <c r="H14" s="24">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:8">
       <c r="A15" s="22">
         <v>17</v>
       </c>
       <c r="B15" s="26"/>
       <c r="C15" s="26"/>
       <c r="D15" s="26"/>
       <c r="E15" s="26"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="24">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:8">
       <c r="A16" s="22">
         <v>18</v>
       </c>
       <c r="B16" s="26"/>
       <c r="C16" s="26"/>
       <c r="D16" s="26"/>
       <c r="E16" s="26"/>
       <c r="F16" s="23"/>
       <c r="G16" s="23"/>
       <c r="H16" s="24">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8">
       <c r="A17" s="22">
         <v>19</v>
       </c>
       <c r="B17" s="26"/>
       <c r="C17" s="26"/>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="24">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:8">
       <c r="E18" s="25" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F18" s="23">
         <f>SUM(F8:F17)</f>
         <v>0</v>
       </c>
       <c r="G18" s="23">
         <f>SUM(G8:G17)</f>
         <v>0</v>
       </c>
       <c r="H18" s="24">
         <f>SUM(H8:H17)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:8">
       <c r="A19" s="1" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
       <c r="A20" s="36"/>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="37"/>
       <c r="H20" s="38"/>
     </row>
-    <row r="22" spans="1:8" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" ht="46.5" customHeight="1">
       <c r="A22" s="39" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="39"/>
       <c r="D22" s="39"/>
       <c r="E22" s="39"/>
       <c r="F22" s="39"/>
       <c r="G22" s="39"/>
       <c r="H22" s="39"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8">
       <c r="A24" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E24" s="5"/>
       <c r="G24" s="5"/>
       <c r="H24" s="6"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8">
       <c r="A25" s="35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B25" s="35"/>
       <c r="C25" s="35"/>
       <c r="D25" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F25" s="8"/>
       <c r="H25" s="9" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
       <c r="A27" s="10" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B27" s="11"/>
       <c r="C27" s="11"/>
       <c r="D27" s="11"/>
       <c r="E27" s="11"/>
       <c r="F27" s="11"/>
       <c r="G27" s="11"/>
       <c r="H27" s="12"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:8">
       <c r="A28" s="13" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="14"/>
       <c r="D28" s="14"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="14"/>
       <c r="H28" s="15"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8">
       <c r="A29" s="13"/>
       <c r="B29" s="14"/>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="15"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8">
       <c r="A30" s="16"/>
       <c r="B30" s="17"/>
       <c r="C30" s="17"/>
       <c r="D30" s="17"/>
       <c r="E30" s="17"/>
       <c r="F30" s="17"/>
       <c r="G30" s="17"/>
       <c r="H30" s="18"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:8">
       <c r="A31" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B31" s="17"/>
       <c r="C31" s="17"/>
       <c r="D31" s="19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E31" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F31" s="17"/>
       <c r="G31" s="17"/>
       <c r="H31" s="18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="zNxin/Zia2MrtUc6D2kzFusjhhGIvf8Gm0qAXS7jfb/v2sWbbOxvs0oZ0PDxHeCApcYZwZHbweaFrLr1G72vCQ==" saltValue="C6HCpnuWsXRPf5oFgsSJ8Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="19">
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="B14:E14"/>
     <mergeCell ref="B15:E15"/>
     <mergeCell ref="B16:E16"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="A20:H20"/>
     <mergeCell ref="A22:H22"/>
     <mergeCell ref="B13:E13"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="B5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="B12:E12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="94" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BE48BA917C5DE147B581D9B4067DB3EB" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2aa6f75ce1a3b29fe39ad0cbf4e34c38">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="65263c70-fdd9-42a7-a372-b4c69c2a65e8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a0a721552d877671458720b0509fa4a1" ns2:_="">
+    <xsd:import namespace="65263c70-fdd9-42a7-a372-b4c69c2a65e8"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="65263c70-fdd9-42a7-a372-b4c69c2a65e8" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F67B7B60-F899-443D-ABE5-E2C4B816AB18}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0BC8004-DAF1-425B-962F-4C3677250CA1}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C636C22-424A-47AC-8F3E-3F9416AA6E1D}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...23 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-[...1 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Patricia Coultas</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100BE48BA917C5DE147B581D9B4067DB3EB</vt:lpwstr>
+  </property>
+</Properties>
+</file>